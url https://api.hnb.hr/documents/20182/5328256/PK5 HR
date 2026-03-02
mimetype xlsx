--- v1 (2025-12-05)
+++ v2 (2026-03-02)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PK5 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="26">
-[...1 lines deleted...]
-    <t>Zagreb, 19.11.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="29">
+  <si>
+    <t>Zagreb, 27.02.2026</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>PREKOGRANIČNE / MEĐUNARODNE TRANSAKCIJE</t>
   </si>
   <si>
     <t>UČINJENE PLATNIM KARTICAMA IZDANIM U REPUBLICI HRVATSKOJ - 2025. godina
 </t>
   </si>
   <si>
     <t>                                                                     {1} preračunato u eure po tečaju na zadnji dan izvještajnog razdoblja</t>
   </si>
   <si>
     <t>Izvještajno razdoblje</t>
@@ -91,50 +91,59 @@
     <t>Vrijednost transakcija {1}</t>
   </si>
   <si>
     <t>VELJAČA</t>
   </si>
   <si>
     <t>OŽUJAK</t>
   </si>
   <si>
     <t>TRAVANJ</t>
   </si>
   <si>
     <t>SVIBANJ</t>
   </si>
   <si>
     <t>LIPANJ</t>
   </si>
   <si>
     <t>SRPANJ</t>
   </si>
   <si>
     <t>KOLOVOZ</t>
   </si>
   <si>
     <t>RUJAN</t>
+  </si>
+  <si>
+    <t>LISTOPAD</t>
+  </si>
+  <si>
+    <t>STUDENI</t>
+  </si>
+  <si>
+    <t>PROSINAC</t>
   </si>
   <si>
     <t> UKUPNO </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -538,51 +547,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H32"/>
+  <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="1"/>
     <col min="2" max="2" width="29" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="4" customWidth="1"/>
     <col min="5" max="5" width="20" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
     <col min="7" max="7" width="20" customWidth="1"/>
     <col min="8" max="8" width="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s" s="2">
         <v>1</v>
       </c>
     </row>
@@ -1095,98 +1104,254 @@
         <v>15</v>
       </c>
       <c r="B30" t="s" s="12">
         <v>16</v>
       </c>
       <c r="C30" s="13">
         <v>514749118.460525588131557</v>
       </c>
       <c r="D30" t="s" s="12">
         <v>15</v>
       </c>
       <c r="E30" s="13">
         <v>45545808.220637540254381</v>
       </c>
       <c r="F30" t="s" s="12">
         <v>15</v>
       </c>
       <c r="G30" s="14">
         <v>560294926.681163128385938</v>
       </c>
       <c r="H30" t="s" s="15">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:8">
-      <c r="A31" t="s" s="11">
+      <c r="A31" t="s" s="8">
         <v>25</v>
       </c>
-      <c r="B31" t="s" s="16">
+      <c r="B31" t="s" s="8">
         <v>14</v>
       </c>
-      <c r="C31" s="17">
-[...14 lines deleted...]
-      <c r="H31" t="s" s="16">
+      <c r="C31" s="9">
+        <v>10558899</v>
+      </c>
+      <c r="D31" t="s" s="8">
+        <v>15</v>
+      </c>
+      <c r="E31" s="9">
+        <v>370007</v>
+      </c>
+      <c r="F31" t="s" s="8">
+        <v>15</v>
+      </c>
+      <c r="G31" s="10">
+        <v>10928906</v>
+      </c>
+      <c r="H31" t="s" s="11">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:8">
-      <c r="A32" t="s" s="11">
-[...2 lines deleted...]
-      <c r="B32" t="s" s="16">
+      <c r="A32" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="B32" t="s" s="12">
         <v>16</v>
       </c>
-      <c r="C32" s="17">
-[...14 lines deleted...]
-      <c r="H32" t="s" s="16">
+      <c r="C32" s="13">
+        <v>552063989.744787808201784</v>
+      </c>
+      <c r="D32" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="E32" s="13">
+        <v>49436220.948316019987979</v>
+      </c>
+      <c r="F32" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="G32" s="14">
+        <v>601500210.693103828189763</v>
+      </c>
+      <c r="H32" t="s" s="15">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s" s="8">
+        <v>26</v>
+      </c>
+      <c r="B33" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="C33" s="9">
+        <v>10777010</v>
+      </c>
+      <c r="D33" t="s" s="8">
+        <v>15</v>
+      </c>
+      <c r="E33" s="9">
+        <v>354096</v>
+      </c>
+      <c r="F33" t="s" s="8">
+        <v>15</v>
+      </c>
+      <c r="G33" s="10">
+        <v>11131106</v>
+      </c>
+      <c r="H33" t="s" s="11">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="B34" t="s" s="12">
+        <v>16</v>
+      </c>
+      <c r="C34" s="13">
+        <v>584657311.390612980927559</v>
+      </c>
+      <c r="D34" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="E34" s="13">
+        <v>46861142.930463057025026</v>
+      </c>
+      <c r="F34" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="G34" s="14">
+        <v>631518454.321076037952585</v>
+      </c>
+      <c r="H34" t="s" s="15">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s" s="8">
+        <v>27</v>
+      </c>
+      <c r="B35" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="C35" s="9">
+        <v>10855701</v>
+      </c>
+      <c r="D35" t="s" s="8">
+        <v>15</v>
+      </c>
+      <c r="E35" s="9">
+        <v>328823</v>
+      </c>
+      <c r="F35" t="s" s="8">
+        <v>15</v>
+      </c>
+      <c r="G35" s="10">
+        <v>11184524</v>
+      </c>
+      <c r="H35" t="s" s="11">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="B36" t="s" s="12">
+        <v>16</v>
+      </c>
+      <c r="C36" s="13">
+        <v>580068473.719960947701425</v>
+      </c>
+      <c r="D36" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="E36" s="13">
+        <v>42852567.624283847102926</v>
+      </c>
+      <c r="F36" t="s" s="12">
+        <v>15</v>
+      </c>
+      <c r="G36" s="14">
+        <v>622921041.344244794804351</v>
+      </c>
+      <c r="H36" t="s" s="15">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s" s="11">
+        <v>28</v>
+      </c>
+      <c r="B37" t="s" s="16">
+        <v>14</v>
+      </c>
+      <c r="C37" s="17">
+        <v>114608349</v>
+      </c>
+      <c r="D37" t="s" s="16">
+        <v>15</v>
+      </c>
+      <c r="E37" s="17">
+        <v>3885275</v>
+      </c>
+      <c r="F37" t="s" s="16">
+        <v>15</v>
+      </c>
+      <c r="G37" s="17">
+        <v>118493624</v>
+      </c>
+      <c r="H37" t="s" s="16">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="B38" t="s" s="16">
+        <v>16</v>
+      </c>
+      <c r="C38" s="17">
+        <v>5949206443.76838270719151</v>
+      </c>
+      <c r="D38" t="s" s="16">
+        <v>15</v>
+      </c>
+      <c r="E38" s="17">
+        <v>517161468.776935524094377</v>
+      </c>
+      <c r="F38" t="s" s="16">
+        <v>15</v>
+      </c>
+      <c r="G38" s="17">
+        <v>6466367912.545318231285887</v>
+      </c>
+      <c r="H38" t="s" s="16">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A8:H8"/>
     <mergeCell ref="A9:H9"/>
     <mergeCell ref="A10:H10"/>
     <mergeCell ref="A11:H11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="G12:H12"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>